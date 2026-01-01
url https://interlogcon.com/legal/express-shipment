--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -3612,66 +3612,72 @@
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>__________________________________</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23924" w:rsidRPr="009034D3" w14:paraId="0D198902" w14:textId="77777777" w:rsidTr="00664958">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E542DCE" w14:textId="204DDCC3" w:rsidR="00A23924" w:rsidRPr="009034D3" w:rsidRDefault="00A23924" w:rsidP="00664958">
+          <w:p w14:paraId="2E542DCE" w14:textId="69214834" w:rsidR="00A23924" w:rsidRPr="009034D3" w:rsidRDefault="00A23924" w:rsidP="00664958">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009034D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">ИНН/КПП </w:t>
             </w:r>
+            <w:r w:rsidR="00A56F4A" w:rsidRPr="00A56F4A">
+              <w:t>9716000590</w:t>
+            </w:r>
             <w:r w:rsidR="0022749D" w:rsidRPr="0022749D">
-              <w:t>7731471738/771601001</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00A56F4A" w:rsidRPr="00A56F4A">
+              <w:t>771601001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5189" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E6E0097" w14:textId="43F67968" w:rsidR="00A23924" w:rsidRPr="00D12855" w:rsidRDefault="00A23924" w:rsidP="00664958">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009034D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>ИНН/КПП</w:t>
             </w:r>
             <w:r w:rsidR="00D12855">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -3683,90 +3689,81 @@
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:iCs/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1019769912"/>
                 <w:placeholder>
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00D12855">
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:i/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
-                  <w:t>________________________</w:t>
-[...8 lines deleted...]
-                  <w:t>_</w:t>
+                  <w:t>_________________________</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23924" w:rsidRPr="009034D3" w14:paraId="4ABA5B96" w14:textId="77777777" w:rsidTr="00664958">
         <w:trPr>
           <w:trHeight w:val="338"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27A9D7C9" w14:textId="080FCC93" w:rsidR="00A23924" w:rsidRPr="009034D3" w:rsidRDefault="00A23924" w:rsidP="00664958">
+          <w:p w14:paraId="27A9D7C9" w14:textId="22679108" w:rsidR="00A23924" w:rsidRPr="009034D3" w:rsidRDefault="00A23924" w:rsidP="00664958">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009034D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">ОГРН </w:t>
             </w:r>
-            <w:r w:rsidR="0022749D" w:rsidRPr="0022749D">
-              <w:t>1147746568628</w:t>
+            <w:r w:rsidR="00A56F4A" w:rsidRPr="00A56F4A">
+              <w:t>1247700636743</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5189" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39C80D7E" w14:textId="1F37283D" w:rsidR="00A23924" w:rsidRPr="00D12855" w:rsidRDefault="00A23924" w:rsidP="00664958">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009034D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>ОГРН/ОГРНИП</w:t>
             </w:r>
             <w:r w:rsidR="00D12855">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -3787,125 +3784,132 @@
                   <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00D12855">
                   <w:rPr>
                     <w:rFonts w:cstheme="minorHAnsi"/>
                     <w:iCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>_____________________</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A23924" w:rsidRPr="009034D3" w14:paraId="75E1ED12" w14:textId="77777777" w:rsidTr="00664958">
         <w:trPr>
           <w:trHeight w:val="1310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A5867E6" w14:textId="1F1883CB" w:rsidR="00A23924" w:rsidRPr="00702F69" w:rsidRDefault="00A23924" w:rsidP="00664958">
+          <w:p w14:paraId="6A5867E6" w14:textId="1BDD6326" w:rsidR="00A23924" w:rsidRPr="00702F69" w:rsidRDefault="00A23924" w:rsidP="00664958">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00702F69">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">р/с </w:t>
             </w:r>
-            <w:r w:rsidR="0022749D" w:rsidRPr="00702F69">
-              <w:t>40702810700000022051</w:t>
+            <w:r w:rsidR="00A56F4A" w:rsidRPr="00A56F4A">
+              <w:t>40702810012010664959</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C96DDA9" w14:textId="2D496828" w:rsidR="00A23924" w:rsidRPr="00702F69" w:rsidRDefault="0022749D" w:rsidP="00664958">
+          <w:p w14:paraId="5C96DDA9" w14:textId="2A5AAC71" w:rsidR="00A23924" w:rsidRPr="00702F69" w:rsidRDefault="0022749D" w:rsidP="00664958">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00702F69">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>в ПАО «Промсвязьбанк» ДО № 06 «Стромынка»</w:t>
+              <w:t xml:space="preserve">в </w:t>
+            </w:r>
+            <w:r w:rsidR="00A56F4A" w:rsidRPr="00A56F4A">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Филиал "Корпоративный" ПАО "Совкомбанк"</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22C286F2" w14:textId="77777777" w:rsidR="00A23924" w:rsidRPr="00702F69" w:rsidRDefault="00A23924" w:rsidP="00664958">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BBFB0A2" w14:textId="2C978F36" w:rsidR="00A23924" w:rsidRPr="00702F69" w:rsidRDefault="00A23924" w:rsidP="00664958">
+          <w:p w14:paraId="1BBFB0A2" w14:textId="7508ED6B" w:rsidR="00A23924" w:rsidRPr="00702F69" w:rsidRDefault="00A23924" w:rsidP="00664958">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00702F69">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">БИК </w:t>
             </w:r>
-            <w:r w:rsidR="0022749D" w:rsidRPr="00702F69">
-              <w:t>044525555</w:t>
+            <w:r w:rsidR="00A56F4A" w:rsidRPr="00A56F4A">
+              <w:t>044525360</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23E7EB9A" w14:textId="3F19CCD9" w:rsidR="00A23924" w:rsidRPr="00702F69" w:rsidRDefault="00A23924" w:rsidP="00664958">
+          <w:p w14:paraId="23E7EB9A" w14:textId="42D8CB12" w:rsidR="00A23924" w:rsidRPr="00702F69" w:rsidRDefault="00A23924" w:rsidP="00664958">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00702F69">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">к/с </w:t>
             </w:r>
-            <w:r w:rsidR="0022749D" w:rsidRPr="00702F69">
-              <w:t>30101810400000000555</w:t>
+            <w:r w:rsidR="00A56F4A" w:rsidRPr="00A56F4A">
+              <w:t>30101810445250000360</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5189" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="134647FE" w14:textId="0CE8AA86" w:rsidR="00A23924" w:rsidRPr="00D12855" w:rsidRDefault="00A23924" w:rsidP="00664958">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009034D3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t>р/с</w:t>
             </w:r>
             <w:r w:rsidR="00D12855">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
@@ -4542,58 +4546,58 @@
     <w:p w14:paraId="4DEA6B02" w14:textId="77777777" w:rsidR="00413BFC" w:rsidRPr="009034D3" w:rsidRDefault="00413BFC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00413BFC" w:rsidRPr="009034D3" w:rsidSect="000739C6">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="158" w:footer="3" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="440A3BA6" w14:textId="77777777" w:rsidR="008976F3" w:rsidRDefault="008976F3">
+    <w:p w14:paraId="407E621C" w14:textId="77777777" w:rsidR="00D957FA" w:rsidRDefault="00D957FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="10EBB741" w14:textId="77777777" w:rsidR="008976F3" w:rsidRDefault="008976F3">
+    <w:p w14:paraId="0895A784" w14:textId="77777777" w:rsidR="00D957FA" w:rsidRDefault="00D957FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -4690,54 +4694,54 @@
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="01E87F03" w14:textId="77777777" w:rsidR="00E77DA5" w:rsidRPr="004C21FC" w:rsidRDefault="00E77DA5">
     <w:pPr>
       <w:pStyle w:val="af6"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22AC7BAC" w14:textId="77777777" w:rsidR="008976F3" w:rsidRDefault="008976F3"/>
+    <w:p w14:paraId="63F6B33A" w14:textId="77777777" w:rsidR="00D957FA" w:rsidRDefault="00D957FA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="038B34F9" w14:textId="77777777" w:rsidR="008976F3" w:rsidRDefault="008976F3"/>
+    <w:p w14:paraId="550CD321" w14:textId="77777777" w:rsidR="00D957FA" w:rsidRDefault="00D957FA"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E1676BE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D9423536"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
@@ -5111,51 +5115,51 @@
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1522667190">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1978338045">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2014454973">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="645357960">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="h6l9aLJBpqybbQLhQYAT7zmayTjXpxPilbIrHLr8IcFniJKwUFbNdKAyHRortUbnJOmv5vdfVVmZWzUoOPzeqg==" w:salt="hp8UJMuHk0eguoHW+OS2GQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fTjFr1UT9OIV9Iq/Ik+mOFIpQs8wcMG4FZxr29uvQJxZXEfP8CRoYXgmsJukdubAYMfGmM1Eg4H0rf0ujWMOlQ==" w:salt="NUoVGQHcBxPL9lgUi8xKLQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E54215"/>
     <w:rsid w:val="00024A42"/>
     <w:rsid w:val="00034F8D"/>
@@ -5173,60 +5177,64 @@
     <w:rsid w:val="003D21AF"/>
     <w:rsid w:val="003F39B8"/>
     <w:rsid w:val="00413BFC"/>
     <w:rsid w:val="004C1D73"/>
     <w:rsid w:val="004C21FC"/>
     <w:rsid w:val="004F2582"/>
     <w:rsid w:val="00516C0A"/>
     <w:rsid w:val="005614F3"/>
     <w:rsid w:val="005B6604"/>
     <w:rsid w:val="005B7E44"/>
     <w:rsid w:val="005C4287"/>
     <w:rsid w:val="006B1F9A"/>
     <w:rsid w:val="006B67E1"/>
     <w:rsid w:val="00702F69"/>
     <w:rsid w:val="007B4C1C"/>
     <w:rsid w:val="00853A65"/>
     <w:rsid w:val="008976F3"/>
     <w:rsid w:val="009034D3"/>
     <w:rsid w:val="00907D79"/>
     <w:rsid w:val="0092717B"/>
     <w:rsid w:val="00937EFE"/>
     <w:rsid w:val="009440F1"/>
     <w:rsid w:val="00A23924"/>
     <w:rsid w:val="00A23DAE"/>
     <w:rsid w:val="00A444BE"/>
+    <w:rsid w:val="00A56F4A"/>
+    <w:rsid w:val="00A737EB"/>
     <w:rsid w:val="00B05F46"/>
     <w:rsid w:val="00B421C4"/>
     <w:rsid w:val="00B76066"/>
     <w:rsid w:val="00B8392B"/>
     <w:rsid w:val="00BB151F"/>
     <w:rsid w:val="00C14767"/>
+    <w:rsid w:val="00C3540A"/>
     <w:rsid w:val="00C5599C"/>
     <w:rsid w:val="00CE6F3B"/>
     <w:rsid w:val="00D12855"/>
     <w:rsid w:val="00D35F57"/>
+    <w:rsid w:val="00D957FA"/>
     <w:rsid w:val="00DA4F04"/>
     <w:rsid w:val="00DA6D21"/>
     <w:rsid w:val="00DD6414"/>
     <w:rsid w:val="00E11887"/>
     <w:rsid w:val="00E333C3"/>
     <w:rsid w:val="00E54215"/>
     <w:rsid w:val="00E77DA5"/>
     <w:rsid w:val="00E80A7B"/>
     <w:rsid w:val="00E82DEB"/>
     <w:rsid w:val="00ED3316"/>
     <w:rsid w:val="00EE7E85"/>
     <w:rsid w:val="00F1732E"/>
     <w:rsid w:val="00F52741"/>
     <w:rsid w:val="00FF3754"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -5631,50 +5639,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Заголовок №1_"/>
@@ -6150,51 +6159,51 @@
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Общие"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{275EF6CE-FC63-481C-A6E5-ACAD62EEBC4C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="0092324D">
+        <w:p w:rsidR="000D7F69" w:rsidRDefault="0092324D">
           <w:r w:rsidRPr="00E8541F">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>Место для ввода текста.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
@@ -6240,53 +6249,56 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0092324D"/>
+    <w:rsid w:val="000D7F69"/>
     <w:rsid w:val="003D21AF"/>
     <w:rsid w:val="0092324D"/>
     <w:rsid w:val="009F4AD3"/>
+    <w:rsid w:val="00A737EB"/>
+    <w:rsid w:val="00BA58BD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
@@ -7029,68 +7041,68 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D7B947D-50A0-4F0F-8537-ADBC74D64261}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2032</Words>
-  <Characters>11587</Characters>
+  <Words>1748</Words>
+  <Characters>11871</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>791</Lines>
+  <Paragraphs>716</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13592</CharactersWithSpaces>
+  <CharactersWithSpaces>12903</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>taurin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>